--- v0 (2025-11-21)
+++ v1 (2026-03-02)
@@ -1,1180 +1,1605 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="124226"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\себра\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F0B99FAB-31D3-45B7-8619-31CAC38FEBA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="84" windowWidth="30660" windowHeight="13776"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B33727D1-913E-4803-84E0-B33931E7B1CA}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
-    <sheet name="Лист2" sheetId="2" r:id="rId2"/>
-    <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="13">
-[...10 lines deleted...]
-    <t>Описание</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="37">
+  <si>
+    <t>01 xxxx</t>
+  </si>
+  <si>
+    <t>02 xxxx</t>
+  </si>
+  <si>
+    <t>03 xxxx</t>
+  </si>
+  <si>
+    <t>05 xxxx</t>
+  </si>
+  <si>
+    <t>10 xxxx</t>
+  </si>
+  <si>
+    <t>18 xxxx</t>
+  </si>
+  <si>
+    <t>20 xxxx</t>
+  </si>
+  <si>
+    <t>30 xxxx</t>
+  </si>
+  <si>
+    <t>40 xxxx</t>
+  </si>
+  <si>
+    <t>50 xxxx</t>
+  </si>
+  <si>
+    <t>60 xxxx</t>
+  </si>
+  <si>
+    <t>70 xxxx</t>
+  </si>
+  <si>
+    <t>80 xxxx</t>
+  </si>
+  <si>
+    <t>88 xxxx</t>
+  </si>
+  <si>
+    <t>89 xxxx</t>
+  </si>
+  <si>
+    <t>90 xxxx</t>
+  </si>
+  <si>
+    <t>91 xxxx</t>
+  </si>
+  <si>
+    <t>92 xxxx</t>
+  </si>
+  <si>
+    <t>93 xxxx</t>
+  </si>
+  <si>
+    <t>94 xxxx</t>
+  </si>
+  <si>
+    <t>95 xxxx</t>
+  </si>
+  <si>
+    <t>96 xxxx</t>
+  </si>
+  <si>
+    <t>97 xxxx</t>
+  </si>
+  <si>
+    <t>98 xxxx</t>
+  </si>
+  <si>
+    <t>Без код</t>
+  </si>
+  <si>
+    <t>Бюджетна организация</t>
   </si>
   <si>
     <t>Брой</t>
   </si>
   <si>
     <t>Сума</t>
   </si>
   <si>
-    <t>10 xxxx</t>
-[...17 lines deleted...]
-    <t>Период: 01.10.2025 - 01.10.2025</t>
+    <t>Химико-технологичен и металургичен</t>
+  </si>
+  <si>
+    <t> 1  </t>
+  </si>
+  <si>
+    <t> 2 000,00  </t>
+  </si>
+  <si>
+    <t> 1 250,00  </t>
+  </si>
+  <si>
+    <t>ХТМУ-ЦУ</t>
+  </si>
+  <si>
+    <t>ХТМУ-НИС</t>
+  </si>
+  <si>
+    <t>ХТМУ-УПД</t>
+  </si>
+  <si>
+    <t>ХТМУ-СО</t>
+  </si>
+  <si>
+    <t>Институт НБПМКК</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...3 lines deleted...]
-  <fonts count="6" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF102178"/>
-[...7 lines deleted...]
-      <color rgb="FFA52A2A"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFA52A2A"/>
+      <color rgb="FF4B0082"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
-    <font>
-[...14 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF3399CC"/>
-[...29 lines deleted...]
-        <fgColor rgb="FFF5FBFF"/>
+        <fgColor rgb="FFBBBBFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
       <right/>
-      <top/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom style="thin">
-        <color rgb="FF102178"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thin">
-        <color rgb="FF102178"/>
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="8" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Нормален" xfId="0" builtinId="0"/>
-    <cellStyle name="Хипервръзка" xfId="1" builtinId="8"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема на Office">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Оffice">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Оffice">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E57"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4E09F80-84AF-414B-9B15-19AF3E5634C3}">
+  <dimension ref="A2:BY10"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:E20"/>
+    <sheetView tabSelected="1" topLeftCell="AW1" workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="4" max="4" width="21.5546875" customWidth="1"/>
-    <col min="5" max="5" width="17.77734375" customWidth="1"/>
+    <col min="35" max="35" width="11" customWidth="1"/>
+    <col min="49" max="49" width="11.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="19" t="s">
+    <row r="2" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A2" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19"/>
-[...2 lines deleted...]
-      <c r="E1" s="19"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="10"/>
+      <c r="E2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="F2" s="10"/>
+      <c r="G2" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="10"/>
+      <c r="I2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="10"/>
+      <c r="K2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L2" s="10"/>
+      <c r="M2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="N2" s="10"/>
+      <c r="O2" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="P2" s="10"/>
+      <c r="Q2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="R2" s="10"/>
+      <c r="S2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="T2" s="10"/>
+      <c r="U2" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="V2" s="10"/>
+      <c r="W2" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="X2" s="10"/>
+      <c r="Y2" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z2" s="10"/>
+      <c r="AA2" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB2" s="10"/>
+      <c r="AC2" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="AD2" s="10"/>
+      <c r="AE2" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2" s="10"/>
+      <c r="AG2" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH2" s="10"/>
+      <c r="AI2" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="AJ2" s="10"/>
+      <c r="AK2" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="AL2" s="10"/>
+      <c r="AM2" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="AN2" s="10"/>
+      <c r="AO2" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="AP2" s="10"/>
+      <c r="AQ2" s="9">
+        <v>954444</v>
+      </c>
+      <c r="AR2" s="10"/>
+      <c r="AS2" s="9">
+        <v>955555</v>
+      </c>
+      <c r="AT2" s="10"/>
+      <c r="AU2" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="AV2" s="10"/>
+      <c r="AW2" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="AX2" s="10"/>
+      <c r="AY2" s="9">
+        <v>970000</v>
+      </c>
+      <c r="AZ2" s="10"/>
+      <c r="BA2" s="9">
+        <v>977777</v>
+      </c>
+      <c r="BB2" s="10"/>
+      <c r="BC2" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="BD2" s="10"/>
+      <c r="BE2" s="9">
+        <v>981111</v>
+      </c>
+      <c r="BF2" s="10"/>
+      <c r="BG2" s="9">
+        <v>982222</v>
+      </c>
+      <c r="BH2" s="10"/>
+      <c r="BI2" s="9">
+        <v>983131</v>
+      </c>
+      <c r="BJ2" s="10"/>
+      <c r="BK2" s="9">
+        <v>983333</v>
+      </c>
+      <c r="BL2" s="10"/>
+      <c r="BM2" s="9">
+        <v>986666</v>
+      </c>
+      <c r="BN2" s="10"/>
+      <c r="BO2" s="9">
+        <v>987777</v>
+      </c>
+      <c r="BP2" s="10"/>
+      <c r="BQ2" s="9">
+        <v>988888</v>
+      </c>
+      <c r="BR2" s="10"/>
+      <c r="BS2" s="9">
+        <v>989898</v>
+      </c>
+      <c r="BT2" s="10"/>
+      <c r="BU2" s="9">
+        <v>999999</v>
+      </c>
+      <c r="BV2" s="10"/>
+      <c r="BW2" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="BX2" s="10"/>
+      <c r="BY2" s="6"/>
     </row>
-    <row r="2" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E2" s="19"/>
+    <row r="3" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="N3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="R3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="T3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="U3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="V3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="W3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="X3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="Y3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AA3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AB3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AE3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AF3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AG3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AH3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AI3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AJ3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AK3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AL3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AN3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AO3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AP3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AQ3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AS3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AT3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AU3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AV3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AX3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AY3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AZ3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BA3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BC3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BD3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BE3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BF3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BG3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BH3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BI3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BJ3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BK3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BL3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BM3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BN3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BO3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BP3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BQ3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BR3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BS3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BT3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BU3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BV3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BW3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="BX3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="BY3" s="2" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="E3" s="21"/>
+    <row r="4" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A4" s="7"/>
+      <c r="BY4" s="8"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E4" s="1"/>
+    <row r="5" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="4"/>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="4"/>
+      <c r="K5" s="4"/>
+      <c r="L5" s="4"/>
+      <c r="M5" s="4"/>
+      <c r="N5" s="4"/>
+      <c r="O5" s="4"/>
+      <c r="P5" s="4"/>
+      <c r="Q5" s="4"/>
+      <c r="R5" s="4"/>
+      <c r="S5" s="4"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="4"/>
+      <c r="V5" s="4"/>
+      <c r="W5" s="4"/>
+      <c r="X5" s="4"/>
+      <c r="Y5" s="4"/>
+      <c r="Z5" s="4"/>
+      <c r="AA5" s="4"/>
+      <c r="AB5" s="4"/>
+      <c r="AC5" s="4"/>
+      <c r="AD5" s="4"/>
+      <c r="AE5" s="4"/>
+      <c r="AF5" s="4"/>
+      <c r="AG5" s="4"/>
+      <c r="AH5" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI5" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="AJ5" s="4"/>
+      <c r="AK5" s="4"/>
+      <c r="AL5" s="4"/>
+      <c r="AM5" s="4"/>
+      <c r="AN5" s="4"/>
+      <c r="AO5" s="4"/>
+      <c r="AP5" s="4"/>
+      <c r="AQ5" s="4"/>
+      <c r="AR5" s="4"/>
+      <c r="AS5" s="4"/>
+      <c r="AT5" s="4"/>
+      <c r="AU5" s="4"/>
+      <c r="AV5" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="AX5" s="4"/>
+      <c r="AY5" s="4"/>
+      <c r="AZ5" s="4"/>
+      <c r="BA5" s="4"/>
+      <c r="BB5" s="4"/>
+      <c r="BC5" s="4"/>
+      <c r="BD5" s="4"/>
+      <c r="BE5" s="4"/>
+      <c r="BF5" s="4"/>
+      <c r="BG5" s="4"/>
+      <c r="BH5" s="4"/>
+      <c r="BI5" s="4"/>
+      <c r="BJ5" s="4"/>
+      <c r="BK5" s="4"/>
+      <c r="BL5" s="4"/>
+      <c r="BM5" s="4"/>
+      <c r="BN5" s="4"/>
+      <c r="BO5" s="4"/>
+      <c r="BP5" s="4"/>
+      <c r="BQ5" s="4"/>
+      <c r="BR5" s="4"/>
+      <c r="BS5" s="4"/>
+      <c r="BT5" s="4"/>
+      <c r="BU5" s="4"/>
+      <c r="BV5" s="4"/>
+      <c r="BW5" s="4"/>
+      <c r="BX5" s="4"/>
+      <c r="BY5" s="4"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E5" s="2"/>
+    <row r="6" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" s="4"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+      <c r="H6" s="4"/>
+      <c r="I6" s="4"/>
+      <c r="J6" s="4"/>
+      <c r="K6" s="4"/>
+      <c r="L6" s="4"/>
+      <c r="M6" s="4"/>
+      <c r="N6" s="4"/>
+      <c r="O6" s="4"/>
+      <c r="P6" s="4"/>
+      <c r="Q6" s="4"/>
+      <c r="R6" s="4"/>
+      <c r="S6" s="4"/>
+      <c r="T6" s="4"/>
+      <c r="U6" s="4"/>
+      <c r="V6" s="4"/>
+      <c r="W6" s="4"/>
+      <c r="X6" s="4"/>
+      <c r="Y6" s="4"/>
+      <c r="Z6" s="4"/>
+      <c r="AA6" s="4"/>
+      <c r="AB6" s="4"/>
+      <c r="AC6" s="4"/>
+      <c r="AD6" s="4"/>
+      <c r="AE6" s="4"/>
+      <c r="AF6" s="4"/>
+      <c r="AG6" s="4"/>
+      <c r="AH6" s="4"/>
+      <c r="AI6" s="4"/>
+      <c r="AJ6" s="4"/>
+      <c r="AK6" s="4"/>
+      <c r="AL6" s="4"/>
+      <c r="AM6" s="4"/>
+      <c r="AN6" s="4"/>
+      <c r="AO6" s="4"/>
+      <c r="AP6" s="4"/>
+      <c r="AQ6" s="4"/>
+      <c r="AR6" s="4"/>
+      <c r="AS6" s="4"/>
+      <c r="AT6" s="4"/>
+      <c r="AU6" s="4"/>
+      <c r="AV6" s="4"/>
+      <c r="AW6" s="4"/>
+      <c r="AX6" s="4"/>
+      <c r="AY6" s="4"/>
+      <c r="AZ6" s="4"/>
+      <c r="BA6" s="4"/>
+      <c r="BB6" s="4"/>
+      <c r="BC6" s="4"/>
+      <c r="BD6" s="4"/>
+      <c r="BE6" s="4"/>
+      <c r="BF6" s="4"/>
+      <c r="BG6" s="4"/>
+      <c r="BH6" s="4"/>
+      <c r="BI6" s="4"/>
+      <c r="BJ6" s="4"/>
+      <c r="BK6" s="4"/>
+      <c r="BL6" s="4"/>
+      <c r="BM6" s="4"/>
+      <c r="BN6" s="4"/>
+      <c r="BO6" s="4"/>
+      <c r="BP6" s="4"/>
+      <c r="BQ6" s="4"/>
+      <c r="BR6" s="4"/>
+      <c r="BS6" s="4"/>
+      <c r="BT6" s="4"/>
+      <c r="BU6" s="4"/>
+      <c r="BV6" s="4"/>
+      <c r="BW6" s="4"/>
+      <c r="BX6" s="4"/>
+      <c r="BY6" s="4"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="E6" s="8"/>
+    <row r="7" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4"/>
+      <c r="E7" s="4"/>
+      <c r="F7" s="4"/>
+      <c r="G7" s="4"/>
+      <c r="H7" s="4"/>
+      <c r="I7" s="4"/>
+      <c r="J7" s="4"/>
+      <c r="K7" s="4"/>
+      <c r="L7" s="4"/>
+      <c r="M7" s="4"/>
+      <c r="N7" s="4"/>
+      <c r="O7" s="4"/>
+      <c r="P7" s="4"/>
+      <c r="Q7" s="4"/>
+      <c r="R7" s="4"/>
+      <c r="S7" s="4"/>
+      <c r="T7" s="4"/>
+      <c r="U7" s="4"/>
+      <c r="V7" s="4"/>
+      <c r="W7" s="4"/>
+      <c r="X7" s="4"/>
+      <c r="Y7" s="4"/>
+      <c r="Z7" s="4"/>
+      <c r="AA7" s="4"/>
+      <c r="AB7" s="4"/>
+      <c r="AC7" s="4"/>
+      <c r="AD7" s="4"/>
+      <c r="AE7" s="4"/>
+      <c r="AF7" s="4"/>
+      <c r="AG7" s="4"/>
+      <c r="AH7" s="4"/>
+      <c r="AI7" s="4"/>
+      <c r="AJ7" s="4"/>
+      <c r="AK7" s="4"/>
+      <c r="AL7" s="4"/>
+      <c r="AM7" s="4"/>
+      <c r="AN7" s="4"/>
+      <c r="AO7" s="4"/>
+      <c r="AP7" s="4"/>
+      <c r="AQ7" s="4"/>
+      <c r="AR7" s="4"/>
+      <c r="AS7" s="4"/>
+      <c r="AT7" s="4"/>
+      <c r="AU7" s="4"/>
+      <c r="AV7" s="4"/>
+      <c r="AW7" s="4"/>
+      <c r="AX7" s="4"/>
+      <c r="AY7" s="4"/>
+      <c r="AZ7" s="4"/>
+      <c r="BA7" s="4"/>
+      <c r="BB7" s="4"/>
+      <c r="BC7" s="4"/>
+      <c r="BD7" s="4"/>
+      <c r="BE7" s="4"/>
+      <c r="BF7" s="4"/>
+      <c r="BG7" s="4"/>
+      <c r="BH7" s="4"/>
+      <c r="BI7" s="4"/>
+      <c r="BJ7" s="4"/>
+      <c r="BK7" s="4"/>
+      <c r="BL7" s="4"/>
+      <c r="BM7" s="4"/>
+      <c r="BN7" s="4"/>
+      <c r="BO7" s="4"/>
+      <c r="BP7" s="4"/>
+      <c r="BQ7" s="4"/>
+      <c r="BR7" s="4"/>
+      <c r="BS7" s="4"/>
+      <c r="BT7" s="4"/>
+      <c r="BU7" s="4"/>
+      <c r="BV7" s="4"/>
+      <c r="BW7" s="4"/>
+      <c r="BX7" s="4"/>
+      <c r="BY7" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E7" s="22"/>
+    <row r="8" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="4"/>
+      <c r="H8" s="4"/>
+      <c r="I8" s="4"/>
+      <c r="J8" s="4"/>
+      <c r="K8" s="4"/>
+      <c r="L8" s="4"/>
+      <c r="M8" s="4"/>
+      <c r="N8" s="4"/>
+      <c r="O8" s="4"/>
+      <c r="P8" s="4"/>
+      <c r="Q8" s="4"/>
+      <c r="R8" s="4"/>
+      <c r="S8" s="4"/>
+      <c r="T8" s="4"/>
+      <c r="U8" s="4"/>
+      <c r="V8" s="4"/>
+      <c r="W8" s="4"/>
+      <c r="X8" s="4"/>
+      <c r="Y8" s="4"/>
+      <c r="Z8" s="4"/>
+      <c r="AA8" s="4"/>
+      <c r="AB8" s="4"/>
+      <c r="AC8" s="4"/>
+      <c r="AD8" s="4"/>
+      <c r="AE8" s="4"/>
+      <c r="AF8" s="4"/>
+      <c r="AG8" s="4"/>
+      <c r="AH8" s="4"/>
+      <c r="AI8" s="4"/>
+      <c r="AJ8" s="4"/>
+      <c r="AK8" s="4"/>
+      <c r="AL8" s="4"/>
+      <c r="AM8" s="4"/>
+      <c r="AN8" s="4"/>
+      <c r="AO8" s="4"/>
+      <c r="AP8" s="4"/>
+      <c r="AQ8" s="4"/>
+      <c r="AR8" s="4"/>
+      <c r="AS8" s="4"/>
+      <c r="AT8" s="4"/>
+      <c r="AU8" s="4"/>
+      <c r="AV8" s="4"/>
+      <c r="AW8" s="4"/>
+      <c r="AX8" s="4"/>
+      <c r="AY8" s="4"/>
+      <c r="AZ8" s="4"/>
+      <c r="BA8" s="4"/>
+      <c r="BB8" s="4"/>
+      <c r="BC8" s="4"/>
+      <c r="BD8" s="4"/>
+      <c r="BE8" s="4"/>
+      <c r="BF8" s="4"/>
+      <c r="BG8" s="4"/>
+      <c r="BH8" s="4"/>
+      <c r="BI8" s="4"/>
+      <c r="BJ8" s="4"/>
+      <c r="BK8" s="4"/>
+      <c r="BL8" s="4"/>
+      <c r="BM8" s="4"/>
+      <c r="BN8" s="4"/>
+      <c r="BO8" s="4"/>
+      <c r="BP8" s="4"/>
+      <c r="BQ8" s="4"/>
+      <c r="BR8" s="4"/>
+      <c r="BS8" s="4"/>
+      <c r="BT8" s="4"/>
+      <c r="BU8" s="4"/>
+      <c r="BV8" s="4"/>
+      <c r="BW8" s="4"/>
+      <c r="BX8" s="4"/>
+      <c r="BY8" s="4"/>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E8" s="22"/>
+    <row r="9" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="4"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4"/>
+      <c r="E9" s="4"/>
+      <c r="F9" s="4"/>
+      <c r="G9" s="4"/>
+      <c r="H9" s="4"/>
+      <c r="I9" s="4"/>
+      <c r="J9" s="4"/>
+      <c r="K9" s="4"/>
+      <c r="L9" s="4"/>
+      <c r="M9" s="4"/>
+      <c r="N9" s="4"/>
+      <c r="O9" s="4"/>
+      <c r="P9" s="4"/>
+      <c r="Q9" s="4"/>
+      <c r="R9" s="4"/>
+      <c r="S9" s="4"/>
+      <c r="T9" s="4"/>
+      <c r="U9" s="4"/>
+      <c r="V9" s="4"/>
+      <c r="W9" s="4"/>
+      <c r="X9" s="4"/>
+      <c r="Y9" s="4"/>
+      <c r="Z9" s="4"/>
+      <c r="AA9" s="4"/>
+      <c r="AB9" s="4"/>
+      <c r="AC9" s="4"/>
+      <c r="AD9" s="4"/>
+      <c r="AE9" s="4"/>
+      <c r="AF9" s="4"/>
+      <c r="AG9" s="4"/>
+      <c r="AH9" s="4"/>
+      <c r="AI9" s="4"/>
+      <c r="AJ9" s="4"/>
+      <c r="AK9" s="4"/>
+      <c r="AL9" s="4"/>
+      <c r="AM9" s="4"/>
+      <c r="AN9" s="4"/>
+      <c r="AO9" s="4"/>
+      <c r="AP9" s="4"/>
+      <c r="AQ9" s="4"/>
+      <c r="AR9" s="4"/>
+      <c r="AS9" s="4"/>
+      <c r="AT9" s="4"/>
+      <c r="AU9" s="4"/>
+      <c r="AV9" s="4"/>
+      <c r="AW9" s="4"/>
+      <c r="AX9" s="4"/>
+      <c r="AY9" s="4"/>
+      <c r="AZ9" s="4"/>
+      <c r="BA9" s="4"/>
+      <c r="BB9" s="4"/>
+      <c r="BC9" s="4"/>
+      <c r="BD9" s="4"/>
+      <c r="BE9" s="4"/>
+      <c r="BF9" s="4"/>
+      <c r="BG9" s="4"/>
+      <c r="BH9" s="4"/>
+      <c r="BI9" s="4"/>
+      <c r="BJ9" s="4"/>
+      <c r="BK9" s="4"/>
+      <c r="BL9" s="4"/>
+      <c r="BM9" s="4"/>
+      <c r="BN9" s="4"/>
+      <c r="BO9" s="4"/>
+      <c r="BP9" s="4"/>
+      <c r="BQ9" s="4"/>
+      <c r="BR9" s="4"/>
+      <c r="BS9" s="4"/>
+      <c r="BT9" s="4"/>
+      <c r="BU9" s="4"/>
+      <c r="BV9" s="4"/>
+      <c r="BW9" s="4"/>
+      <c r="BX9" s="4"/>
+      <c r="BY9" s="4"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-[...372 lines deleted...]
-      <c r="E57" s="12"/>
+    <row r="10" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="4"/>
+      <c r="L10" s="4"/>
+      <c r="M10" s="4"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="4"/>
+      <c r="P10" s="4"/>
+      <c r="Q10" s="4"/>
+      <c r="R10" s="4"/>
+      <c r="S10" s="4"/>
+      <c r="T10" s="4"/>
+      <c r="U10" s="4"/>
+      <c r="V10" s="4"/>
+      <c r="W10" s="4"/>
+      <c r="X10" s="4"/>
+      <c r="Y10" s="4"/>
+      <c r="Z10" s="4"/>
+      <c r="AA10" s="4"/>
+      <c r="AB10" s="4"/>
+      <c r="AC10" s="4"/>
+      <c r="AD10" s="4"/>
+      <c r="AE10" s="4"/>
+      <c r="AF10" s="4"/>
+      <c r="AG10" s="4"/>
+      <c r="AH10" s="4"/>
+      <c r="AI10" s="4"/>
+      <c r="AJ10" s="4"/>
+      <c r="AK10" s="4"/>
+      <c r="AL10" s="4"/>
+      <c r="AM10" s="4"/>
+      <c r="AN10" s="4"/>
+      <c r="AO10" s="4"/>
+      <c r="AP10" s="4"/>
+      <c r="AQ10" s="4"/>
+      <c r="AR10" s="4"/>
+      <c r="AS10" s="4"/>
+      <c r="AT10" s="4"/>
+      <c r="AU10" s="4"/>
+      <c r="AV10" s="4"/>
+      <c r="AW10" s="4"/>
+      <c r="AX10" s="4"/>
+      <c r="AY10" s="4"/>
+      <c r="AZ10" s="4"/>
+      <c r="BA10" s="4"/>
+      <c r="BB10" s="4"/>
+      <c r="BC10" s="4"/>
+      <c r="BD10" s="4"/>
+      <c r="BE10" s="4"/>
+      <c r="BF10" s="4"/>
+      <c r="BG10" s="4"/>
+      <c r="BH10" s="4"/>
+      <c r="BI10" s="4"/>
+      <c r="BJ10" s="4"/>
+      <c r="BK10" s="4"/>
+      <c r="BL10" s="4"/>
+      <c r="BM10" s="4"/>
+      <c r="BN10" s="4"/>
+      <c r="BO10" s="4"/>
+      <c r="BP10" s="4"/>
+      <c r="BQ10" s="4"/>
+      <c r="BR10" s="4"/>
+      <c r="BS10" s="4"/>
+      <c r="BT10" s="4"/>
+      <c r="BU10" s="4"/>
+      <c r="BV10" s="4"/>
+      <c r="BW10" s="4"/>
+      <c r="BX10" s="4"/>
+      <c r="BY10" s="4"/>
     </row>
   </sheetData>
-  <mergeCells count="41">
-[...40 lines deleted...]
-    <mergeCell ref="A55:B55"/>
+  <mergeCells count="38">
+    <mergeCell ref="BU2:BV2"/>
+    <mergeCell ref="BW2:BX2"/>
+    <mergeCell ref="BI2:BJ2"/>
+    <mergeCell ref="BK2:BL2"/>
+    <mergeCell ref="BM2:BN2"/>
+    <mergeCell ref="BO2:BP2"/>
+    <mergeCell ref="BQ2:BR2"/>
+    <mergeCell ref="BS2:BT2"/>
+    <mergeCell ref="AW2:AX2"/>
+    <mergeCell ref="AY2:AZ2"/>
+    <mergeCell ref="BA2:BB2"/>
+    <mergeCell ref="BC2:BD2"/>
+    <mergeCell ref="BE2:BF2"/>
+    <mergeCell ref="BG2:BH2"/>
+    <mergeCell ref="AK2:AL2"/>
+    <mergeCell ref="AM2:AN2"/>
+    <mergeCell ref="AO2:AP2"/>
+    <mergeCell ref="AQ2:AR2"/>
+    <mergeCell ref="AS2:AT2"/>
+    <mergeCell ref="AU2:AV2"/>
+    <mergeCell ref="Y2:Z2"/>
+    <mergeCell ref="AA2:AB2"/>
+    <mergeCell ref="AC2:AD2"/>
+    <mergeCell ref="AE2:AF2"/>
+    <mergeCell ref="AG2:AH2"/>
+    <mergeCell ref="AI2:AJ2"/>
+    <mergeCell ref="M2:N2"/>
+    <mergeCell ref="O2:P2"/>
+    <mergeCell ref="Q2:R2"/>
+    <mergeCell ref="S2:T2"/>
+    <mergeCell ref="U2:V2"/>
+    <mergeCell ref="W2:X2"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="G2:H2"/>
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="K2:L2"/>
   </mergeCells>
-  <hyperlinks>
-[...27 lines deleted...]
-  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Работни листове</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
-      <vt:lpstr>Лист2</vt:lpstr>
-      <vt:lpstr>Лист3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Kalcheva</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>